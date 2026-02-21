--- v0 (2025-12-10)
+++ v1 (2026-02-21)
@@ -1,13448 +1,17256 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2E31ECB6" w14:textId="77777777" w:rsidR="00BC4C0C" w:rsidRPr="00BC4C0C" w:rsidRDefault="00BC4C0C" w:rsidP="00DB2684">
+    <w:p w14:paraId="5DE46569" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00653BE0">
       <w:pPr>
-        <w:pStyle w:val="MediumGrid2"/>
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:rFonts w:cs="BBC Reith Sans"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC4C0C">
+      <w:r w:rsidRPr="00653BE0">
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:rFonts w:cs="BBC Reith Sans"/>
         </w:rPr>
-        <w:t>BBC Safety requires accidents / incidents to be reported by the</w:t>
+        <w:t>All incidents must be reported online using Safety Hub within 72 hours (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC4C0C">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00653BE0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="BBC Reith Sans"/>
+          </w:rPr>
+          <w:t>bbc.cgrfoundation.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00653BE0">
         <w:rPr>
-          <w:i/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:rFonts w:cs="BBC Reith Sans"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC4C0C">
+    </w:p>
+    <w:p w14:paraId="1E134DBB" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00653BE0">
+      <w:pPr>
         <w:rPr>
-          <w:b/>
-[...2 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:rFonts w:cs="BBC Reith Sans"/>
         </w:rPr>
-        <w:t>Injured Party</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00653BE0">
+        <w:rPr>
+          <w:rFonts w:cs="BBC Reith Sans"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This form reflects the fields required by the Safety Hub system. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC4C0C">
+    </w:p>
+    <w:p w14:paraId="6599B794" w14:textId="675B9A7D" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00653BE0">
+      <w:pPr>
         <w:rPr>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:rFonts w:cs="BBC Reith Sans"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BC4C0C">
+      </w:pPr>
+      <w:r w:rsidRPr="00653BE0">
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:rFonts w:cs="BBC Reith Sans"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or if they are unable to</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">, as soon after the incident as possible. It must be a true and accurate statement of what happened. </w:t>
+        <w:t xml:space="preserve">Any mandatory fields are marked with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:rFonts w:cs="BBC Reith Sans"/>
         </w:rPr>
-        <w:t xml:space="preserve">This report </w:t>
+        <w:t>an asterisk</w:t>
       </w:r>
-      <w:r w:rsidR="00DB2684">
+      <w:r w:rsidRPr="00653BE0">
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:rFonts w:cs="BBC Reith Sans"/>
         </w:rPr>
-        <w:t xml:space="preserve">form </w:t>
-[...34 lines deleted...]
-        <w:t>should then be entered into the BBC online reporting process soon as soon as possible afterwards.</w:t>
+        <w:t>. If any mandatory fields are left blank the form will not be accepted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C52DE5A" w14:textId="77777777" w:rsidR="00BC4C0C" w:rsidRPr="008D2A0C" w:rsidRDefault="00BC4C0C" w:rsidP="008D2A0C">
+    <w:p w14:paraId="55248EE4" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00653BE0">
       <w:pPr>
-        <w:pStyle w:val="MediumGrid2"/>
         <w:rPr>
+          <w:rFonts w:cs="BBC Reith Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="4"/>
-          <w:szCs w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653BE0">
+        <w:rPr>
+          <w:rFonts w:cs="BBC Reith Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INITIAL DETAILS</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="GridTable4-Accent61"/>
+        <w:tblW w:w="10485" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5382"/>
+        <w:gridCol w:w="2480"/>
+        <w:gridCol w:w="71"/>
+        <w:gridCol w:w="2552"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="41AC5DA4" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10485" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="768AB0C5" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SUMMARY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="61A022EA" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C9141F6" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>INCIDENT TITLE*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B9C24A1" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Brief Title                                                  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Do not include personal info)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7035F90C" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="52D7B443" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57685807" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>GENRE/LABEL*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5905E965" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="326F3921" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="382B4FBF" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>INVESTIGATOR*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="709F3151" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>The person who is responsible for looking into what happened, for example your line manager, production manager, site/floor manager</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2633F5F3" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="70371305" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="50"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FEF7643" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>THIS INCIDENT CAN BE VIEWED AND EDITED BY</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5098C8EC" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>These names will be added in the system</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="1060E4D2" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="7148289D" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="475"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5382" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE192A4" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ARE YOU COMPLETING THIS INCIDENT ON BEHALF OF SOMEONE ELSE? *</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67C35FBD" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>If YES, what is their first and last name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2480" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D3CBE69" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1368249217"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2623" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E619970" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1885518160"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="7FED50D4" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="475"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5382" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="784B0173" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="708380B3" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="74D818A4" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10485" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E42D451" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DETAILS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="1F75E0EF" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="50"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21363707" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WHAT DATE AND TIME DID THE INCIDENT OCCUR? *</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="37E9CD4D" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>DD/MM/YY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="7CD246D0" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="50"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08430220" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IF YOU WERE NOT PRESENT AT THE INCIDENT, WHEN WERE YOU TOLD ABOUT IT?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DB53C2D" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>DD/MM/YY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="605DE256" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="1985"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29F389CF" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FULL DESCRIPTION OF WHAT HAPPENED*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EFA8191" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Include information on activities leading up to the incident, work environment and influencing factors. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B49A0CB" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>DO NOT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> put personal information e.g. names, health info etc.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02AA752D" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="6DB5652D" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5382" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CC0F6C8" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IS IT A BBC LOCATION? *</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61C81299" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Location address including country</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="537E5D69" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="2035845813"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D25937" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1771700772"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="706A7704" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="522"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5382" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="62F75326" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="453DD6E9" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="21CD98DF" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="475"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F64D482" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>RELATED PROJECT/PROGRAMME TITLE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A39430A" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="676E6C5D" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00653BE0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="BBC Reith Sans"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="2375FD14" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRDefault="00653BE0">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="BBC Reith Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="BBC Reith Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12402552" w14:textId="7EEE9FD0" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00653BE0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="BBC Reith Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653BE0">
+        <w:rPr>
+          <w:rFonts w:cs="BBC Reith Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>INCIDENT DETAILS</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10632" w:type="dxa"/>
-[...4 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblStyle w:val="GridTable4-Accent61"/>
+        <w:tblW w:w="10485" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1276"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="141"/>
+        <w:gridCol w:w="1978"/>
+        <w:gridCol w:w="1515"/>
+        <w:gridCol w:w="326"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="571"/>
         <w:gridCol w:w="142"/>
-        <w:gridCol w:w="709"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="2741"/>
+        <w:gridCol w:w="1464"/>
+        <w:gridCol w:w="189"/>
+        <w:gridCol w:w="44"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="287"/>
+        <w:gridCol w:w="71"/>
+        <w:gridCol w:w="71"/>
+        <w:gridCol w:w="756"/>
+        <w:gridCol w:w="1654"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D2A0C" w:rsidRPr="0079311D" w14:paraId="21E7DFD4" w14:textId="77777777" w:rsidTr="00592752">
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="32558019" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="56"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="41E48618" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">INCIDENT TYPE * </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76F90F3F" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4BCADD7F" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5668" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+          </w:tcPr>
+          <w:p w14:paraId="40A0237C" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="FF5D49" w:themeColor="accent3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="FF5D49" w:themeColor="accent3"/>
+              </w:rPr>
+              <w:t>Select ALL that apply</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2839" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A7E176C" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="844055207"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Animal or Insect</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="49374D9A" w14:textId="77777777" w:rsidTr="00653BE0">
         <w:tblPrEx>
           <w:tblCellMar>
-            <w:bottom w:w="0" w:type="dxa"/>
-[...137 lines deleted...]
-            <w:bottom w:w="0" w:type="dxa"/>
+            <w:top w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="268"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="53"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...22 lines deleted...]
-            <w:tcW w:w="2740" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="15200E36" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="09CDD9E7" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1352909403"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Biological Agents</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:tcBorders>
-[...57 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="392D33CE" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-2090145767"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Choking</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2839" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="16294B37" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1807815901"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Crush</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005808F4" w:rsidRPr="003C3CF1" w14:paraId="1AB9A597" w14:textId="77777777" w:rsidTr="005D18D0">
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="54F367ED" w14:textId="77777777" w:rsidTr="00653BE0">
         <w:tblPrEx>
           <w:tblCellMar>
-            <w:bottom w:w="0" w:type="dxa"/>
+            <w:top w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="268"/>
+          <w:trHeight w:val="53"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...500 lines deleted...]
-              <w:t>Non-Work</w:t>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="69A8F7DE" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="1239E135" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1560243420"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Drowned or asphyxiated</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="518174C3" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="831341826"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Effects of Heat or Cold</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2839" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E6933C1" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1583133080"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Exposed to Explosion</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000735E9" w:rsidRPr="003C3CF1" w14:paraId="2E6C8734" w14:textId="77777777" w:rsidTr="005D18D0">
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="47645096" w14:textId="77777777" w:rsidTr="00653BE0">
         <w:tblPrEx>
           <w:tblCellMar>
-            <w:bottom w:w="0" w:type="dxa"/>
+            <w:top w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="268"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="53"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...652 lines deleted...]
-              <w:t>Security</w:t>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="18E6CFD5" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="69BFE4F6" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1217553461"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Exposed to Fire</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="01BF8F42" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1549443479"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Exposed to Noise</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2839" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CE77AF2" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1094746690"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Collapse of structure</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E50B1F" w:rsidRPr="003C3CF1" w14:paraId="3D378004" w14:textId="77777777" w:rsidTr="00FD4696">
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="7A4CBF58" w14:textId="77777777" w:rsidTr="00653BE0">
         <w:tblPrEx>
           <w:tblCellMar>
-            <w:bottom w:w="0" w:type="dxa"/>
+            <w:top w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="268"/>
+          <w:trHeight w:val="53"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...661 lines deleted...]
-              <w:t>Loss of Consciousness Caused by Head Injury or Asphyxia</w:t>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6E745D96" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="01372E32" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="2136058402"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Exposed to radiation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CF3DA74" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1165276802"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Exposed to Vibration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2839" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="72106702" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-125231506"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Contact with Machinery</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000735E9" w:rsidRPr="003C3CF1" w14:paraId="76152D74" w14:textId="77777777" w:rsidTr="00C11FD6">
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="5D994CE8" w14:textId="77777777" w:rsidTr="00653BE0">
         <w:tblPrEx>
           <w:tblCellMar>
-            <w:bottom w:w="0" w:type="dxa"/>
+            <w:top w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="268"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="53"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10632" w:type="dxa"/>
-[...45 lines deleted...]
-              <w:t>?</w:t>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6D558A7A" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="05AE5FBD" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1301916069"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Road Traffic Incident</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D9B7B0E" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1052509025"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ill Health/Medical</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2839" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="20CC6DB4" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-85468418"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hit by a Moving Vehicle</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000735E9" w:rsidRPr="00CF31B5" w14:paraId="6E9DDEA4" w14:textId="77777777" w:rsidTr="00981F8C">
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="0406FC7B" w14:textId="77777777" w:rsidTr="00653BE0">
         <w:tblPrEx>
           <w:tblCellMar>
-            <w:bottom w:w="0" w:type="dxa"/>
+            <w:top w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="396"/>
+          <w:trHeight w:val="53"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5D285B2A" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="703E2FE6" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1614972838"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Fall from Height</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:tcBorders>
-[...52 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="1CC07C00" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="2133582592"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Handling, Lifting, or Carrying</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2839" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F61BFC7" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-770248069"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Slipped, Tripped to Fall on Same Level</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000735E9" w:rsidRPr="00CF31B5" w14:paraId="49FE5A21" w14:textId="77777777" w:rsidTr="00C06AD4">
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="46A6DBC7" w14:textId="77777777" w:rsidTr="00653BE0">
         <w:tblPrEx>
           <w:tblCellMar>
-            <w:bottom w:w="0" w:type="dxa"/>
+            <w:top w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="220"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="53"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...41 lines deleted...]
-            <w:tcW w:w="2740" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1B109D3A" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="676C89CB" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-918090141"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Contact with Electricity or electric discharge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:tcBorders>
-[...110 lines deleted...]
-              <w:t>Unit (if applicable)</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="49EF14C6" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="755795177"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sports/Physical Activity Related</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2839" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="73FCDC93" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="887382384"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hit by a Moving Falling to Flying object</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000735E9" w:rsidRPr="00CF31B5" w14:paraId="5366DB21" w14:textId="77777777" w:rsidTr="00C11FD6">
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="66C50A9F" w14:textId="77777777" w:rsidTr="00653BE0">
         <w:tblPrEx>
           <w:tblCellMar>
-            <w:bottom w:w="0" w:type="dxa"/>
+            <w:top w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="220"/>
+          <w:trHeight w:val="53"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2740" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4A3C2F" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CF39736" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1310517245"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hit Something Fixed or Stationary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:tcBorders>
-[...60 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="07FCDF0B" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1266429306"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Trapped, In, Under or Between Objects</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2839" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B05561B" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-144427581"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Exposed to contact with Harmful Substance/ Chemicals</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000735E9" w:rsidRPr="00CF31B5" w14:paraId="664D1C24" w14:textId="77777777" w:rsidTr="00C11FD6">
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="0A8535FB" w14:textId="77777777" w:rsidTr="00653BE0">
         <w:tblPrEx>
           <w:tblCellMar>
-            <w:bottom w:w="0" w:type="dxa"/>
+            <w:top w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="744"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10632" w:type="dxa"/>
-[...127 lines deleted...]
-              <w:t>Serious accidents, which include those resulting in serious injury, days away from work, hospital treatment or involving the emergency services, must be reported to BBC Safety by phone or email as soon as possible.</w:t>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5524" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="3035542C" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WAS ANYONE INJURED OR RECEIVED TREATMENT? *</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="08EAF0BB" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1726564613"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3821FA1F" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1689213053"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000735E9" w:rsidRPr="00CF31B5" w14:paraId="41E5D1FF" w14:textId="77777777" w:rsidTr="00815A84">
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="5B6885F1" w14:textId="77777777" w:rsidTr="00653BE0">
         <w:tblPrEx>
           <w:tblCellMar>
-            <w:bottom w:w="0" w:type="dxa"/>
+            <w:top w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="744"/>
+          <w:trHeight w:val="475"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10632" w:type="dxa"/>
-[...12 lines deleted...]
-              <w:rPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5524" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="337492EF" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WAS THE INCIDENT A NEAR-MISS? *</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A35AFDF" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="en"/>
-[...191 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t>An event that, whilst not causing harm, has the potential to cause injury or ill health</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="18A8B7B6" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="822005179"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9C6F5A" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-861199540"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00387FF6" w:rsidRPr="00DD44E2" w14:paraId="6637C09B" w14:textId="77777777" w:rsidTr="00FD4696">
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="5E2D3A59" w14:textId="77777777" w:rsidTr="00653BE0">
         <w:tblPrEx>
           <w:tblCellMar>
-            <w:bottom w:w="0" w:type="dxa"/>
+            <w:top w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="268"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10632" w:type="dxa"/>
-[...59 lines deleted...]
-                <w:spacing w:val="3"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5524" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="53E75BDF" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WAS THE INCIDENT RELATED TO ILL-HEALTH? *</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DBC545F" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>What A</w:t>
-[...21 lines deleted...]
-              <w:t>?</w:t>
+              <w:t>Work-related is defined as ill health is anything caused by or made worse by the working environment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CFDC2F6" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1568769673"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000735E9" w:rsidRPr="00CF31B5" w14:paraId="525E1372" w14:textId="77777777" w:rsidTr="00C11FD6">
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="1718C144" w14:textId="77777777" w:rsidTr="00653BE0">
         <w:tblPrEx>
           <w:tblCellMar>
-            <w:bottom w:w="0" w:type="dxa"/>
+            <w:top w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="220"/>
+          <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10632" w:type="dxa"/>
-[...43 lines deleted...]
-            </w:pPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5524" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0824403A" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="71C0A704" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1422921721"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes – Work Related</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D43C44" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-417321206"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes – Non-Work Related</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00262CAF" w:rsidRPr="00CF31B5" w14:paraId="111E1EF0" w14:textId="77777777" w:rsidTr="00262CAF">
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="41512610" w14:textId="77777777" w:rsidTr="00653BE0">
         <w:tblPrEx>
           <w:tblCellMar>
-            <w:bottom w:w="0" w:type="dxa"/>
+            <w:top w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="235"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="281"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6946" w:type="dxa"/>
-[...348 lines deleted...]
-              <w:t>BBC Workplace</w:t>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10485" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BBB08E6" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SAFEGUARDING</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00935B88" w:rsidRPr="00CF31B5" w14:paraId="3BBF9AA4" w14:textId="77777777" w:rsidTr="00C11FD6">
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="4DF30B42" w14:textId="77777777" w:rsidTr="00653BE0">
         <w:tblPrEx>
           <w:tblCellMar>
-            <w:bottom w:w="0" w:type="dxa"/>
+            <w:top w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="220"/>
+          <w:trHeight w:val="475"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10632" w:type="dxa"/>
-[...43 lines deleted...]
-            </w:pPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5524" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="612E0ABA" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WAS THE INCIDENT A SAFEGUARDING ISSUE? *</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E5E7662" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Involving anyone under the age of 18 or a vulnerable adult (a person over the age of 18 who cannot adequately care for themselves or protect themselves from harm, abuse, or exploitation)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="48F06E42" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="943423993"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AC2BFF4" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="864103910"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C4AD5A6" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-503505798"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Maybe</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000735E9" w:rsidRPr="003C3CF1" w14:paraId="4BE28813" w14:textId="77777777" w:rsidTr="00C11FD6">
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="2C0A7D1B" w14:textId="77777777" w:rsidTr="00653BE0">
         <w:tblPrEx>
           <w:tblCellMar>
-            <w:bottom w:w="0" w:type="dxa"/>
+            <w:top w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="268"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10632" w:type="dxa"/>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">Where did it happen? </w:t>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10485" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+          </w:tcPr>
+          <w:p w14:paraId="0003C789" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>DAMAGE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000735E9" w:rsidRPr="00EE451F" w14:paraId="2EAAE356" w14:textId="77777777" w:rsidTr="00C06AD4">
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="7167EEF0" w14:textId="77777777" w:rsidTr="00653BE0">
         <w:tblPrEx>
           <w:tblCellMar>
-            <w:bottom w:w="0" w:type="dxa"/>
+            <w:top w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="268"/>
+          <w:trHeight w:val="475"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...86 lines deleted...]
-            <w:tcW w:w="2740" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5524" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:tcBorders>
-[...116 lines deleted...]
-              <w:t xml:space="preserve"> (if applicable)</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="296E4057" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DID ANY DAMAGE OCCUR? * </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>To equipment, property or vehicles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2480" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A70E82" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="543724477"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2481" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="74E4323B" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="400485484"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000735E9" w:rsidRPr="00CF31B5" w14:paraId="4075A481" w14:textId="77777777" w:rsidTr="003130CE">
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="17B16926" w14:textId="77777777" w:rsidTr="00653BE0">
         <w:tblPrEx>
           <w:tblCellMar>
-            <w:bottom w:w="0" w:type="dxa"/>
+            <w:top w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="220"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="143"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...84 lines deleted...]
-            </w:pPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10485" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B466C31" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="FF5D49" w:themeColor="accent3"/>
+              </w:rPr>
+              <w:t>Select ALL that apply</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000735E9" w:rsidRPr="003C3CF1" w14:paraId="0DE2134B" w14:textId="77777777" w:rsidTr="003130CE">
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="34195373" w14:textId="77777777" w:rsidTr="00653BE0">
         <w:tblPrEx>
           <w:tblCellMar>
-            <w:bottom w:w="0" w:type="dxa"/>
-[...6045 lines deleted...]
-            <w:bottom w:w="0" w:type="dxa"/>
+            <w:top w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3493" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...109 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="0C1B8603" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1549610420"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Equipment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3495" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="16F0E534" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="280386639"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Property</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w14:paraId="3295B3A3" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1601715320"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Vehicle</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00993A1C" w:rsidRPr="00CF31B5" w14:paraId="4B34FEA4" w14:textId="77777777" w:rsidTr="00596E8D">
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="0AA7407A" w14:textId="77777777" w:rsidTr="00653BE0">
         <w:tblPrEx>
           <w:tblCellMar>
-            <w:bottom w:w="0" w:type="dxa"/>
+            <w:top w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="362"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-[...42 lines deleted...]
-            </w:tcBorders>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...168 lines deleted...]
-            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4AA33772" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DAMAGE DETAILS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6992" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...126 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="7292F3FE" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00993A1C" w:rsidRPr="00DD44E2" w14:paraId="34F9368D" w14:textId="77777777" w:rsidTr="00C11FD6">
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="24D312BC" w14:textId="77777777" w:rsidTr="00653BE0">
         <w:tblPrEx>
           <w:tblCellMar>
-            <w:bottom w:w="0" w:type="dxa"/>
+            <w:top w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="268"/>
+          <w:trHeight w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10632" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D613CB2" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NAME OF DRIVER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6992" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
-            <w:tcBorders>
-[...74 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="2662513B" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00993A1C" w:rsidRPr="00CF31B5" w14:paraId="1EA9A0A7" w14:textId="77777777" w:rsidTr="00C11FD6">
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="3DBD43BE" w14:textId="77777777" w:rsidTr="00653BE0">
         <w:tblPrEx>
           <w:tblCellMar>
-            <w:bottom w:w="0" w:type="dxa"/>
+            <w:top w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="220"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10632" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="50828904" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>VEHICLE REGISTRATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6992" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="57AE9397" w14:textId="77777777" w:rsidR="00596E8D" w:rsidRDefault="00596E8D" w:rsidP="00DD44E2">
-[...81 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="3ACF4CAC" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00993A1C" w:rsidRPr="00DD44E2" w14:paraId="433266C4" w14:textId="77777777" w:rsidTr="00C11FD6">
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="44EC454C" w14:textId="77777777" w:rsidTr="00653BE0">
         <w:tblPrEx>
           <w:tblCellMar>
-            <w:bottom w:w="0" w:type="dxa"/>
+            <w:top w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="268"/>
+          <w:trHeight w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10632" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="20DCA106" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>VEHICLE TYPE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6992" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
-            <w:tcBorders>
-[...44 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="4B1A2438" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00993A1C" w:rsidRPr="00CF31B5" w14:paraId="51F30037" w14:textId="77777777" w:rsidTr="00DF16F1">
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="10CFA196" w14:textId="77777777" w:rsidTr="00653BE0">
         <w:tblPrEx>
           <w:tblCellMar>
-            <w:bottom w:w="0" w:type="dxa"/>
+            <w:top w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="220"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5150" w:type="dxa"/>
-[...60 lines deleted...]
-            </w:pPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10485" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+          </w:tcPr>
+          <w:p w14:paraId="372B3CFE" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>FIRE</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00993A1C" w:rsidRPr="00CF31B5" w14:paraId="3480AC59" w14:textId="77777777" w:rsidTr="00FD4696">
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="5E272444" w14:textId="77777777" w:rsidTr="00653BE0">
         <w:tblPrEx>
           <w:tblCellMar>
-            <w:bottom w:w="0" w:type="dxa"/>
+            <w:top w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="220"/>
+          <w:trHeight w:val="538"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10632" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:bCs/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5524" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="0876ABA5" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WAS THERE A FIRE OR WAS IT FIRE-RELATED? *</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2480" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BA39C9A" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1531642321"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2481" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EBB9A9B" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-941456134"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="30E5FBDB" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="72"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA73D7D" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="FF5D49" w:themeColor="accent3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="FF5D49" w:themeColor="accent3"/>
+              </w:rPr>
+              <w:t>Select ALL that apply</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3264" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="10EEB6C2" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-884409123"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Arson</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="25A70A9E" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="71"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="01FBD010" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="305900814"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dust / Soot / Smoke</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="34699E93" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1355068501"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Electrical</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3264" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="52F5400D" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1767293089"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Equipment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="416DA0AB" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="71"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="144F055A" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1942331070"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> False Alarm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="368CF8C8" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1016502345"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Food or Kitchen Related</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3264" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="5930D524" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1919083092"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hot Works</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="6353D43E" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="71"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="25B98AC0" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1749114488"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Smoking Materials</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A0CBE4A" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="985286651"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Special Effects</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3264" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="35ED1538" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1392270587"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Uncontrolled Fire</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="495D17BD" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="71"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10485" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+          </w:tcPr>
+          <w:p w14:paraId="220232A1" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SECURITY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="31405E7D" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="475"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5524" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="136491EB" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WAS THE INCIDENT SECURITY-RELATED? *</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="143E9933" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:t>i.e. demonstration, bomb threat, intruder</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2480" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="4087EF2D" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-485560034"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2481" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="39EF6D49" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-2077049414"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="4888C1E6" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="48"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D75BA81" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="FF5D49" w:themeColor="accent3"/>
+              </w:rPr>
+              <w:t>Select ALL that apply</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="78809936" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="769046150"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Access Control/ID Card Misuse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3264" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="7882AF37" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="599996126"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Bomb Threat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="44B1AFFF" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="48"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="41836434" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="828558043"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Complaint</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="68A7FBF3" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1548905246"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Damage - Criminal, Accidental, Unknown Insider Threat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3264" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F798A0C" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="34941163"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Drone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="47FB48E4" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="48"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FB9A7F8" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="123741976"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Fixated Person</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="406DC93C" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="500543412"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hate Motivated Offence</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3264" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ECDCB41" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="39556585"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hostile Reconnaissance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="3D16499D" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="48"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E282939" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1701434361"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IED</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="35C233BE" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1913578125"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Intruder</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3264" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="7647D729" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1565561407"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Lost ID</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="2B4C2A61" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="48"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B12E07B" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-719205154"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mail Incident</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E3A9D5C" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1010678720"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Malicious Communications</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3264" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="69B3A19E" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1862354931"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Offensive Weapon</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="1B048652" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="48"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="24028802" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="705844088"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Online</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="1028741F" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1716078651"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Physical Assault</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3264" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AFB6FFF" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1448893026"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Protest Activity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="1956CDE3" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="48"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="17A1B4DC" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1017074270"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Public Order</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="31A410D3" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="2133282432"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Red Flag Complaint</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3264" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E262B44" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-785958864"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Suspect Person</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="3BE3AC24" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="48"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="32252C72" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-718516250"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Suspicious Activity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="5726E6FB" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-2070103393"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Suspicious Package/Substance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3264" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A7815A9" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-867766424"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Terrorist Incident</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="6AEB08C9" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="48"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="284FC050" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-804549039"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Theft</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="169191BC" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="551429569"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Threat to BBC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3264" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="69909683" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1224209969"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Threat to Person</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="66581409" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="48"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="55BD081F" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1740863885"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Threat to Programme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FED65E7" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1247773581"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Vandalism</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3264" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="616B242F" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="660287067"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Verbal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="5BD37B05" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="48"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10485" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C058BDD" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ENVIRONMENT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="79922F02" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="658"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5524" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B235192" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WAS THERE ANY IMPACT TO THE NATURAL ENVIRONMENT? * </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Notes</w:t>
-[...5 lines deleted...]
-              <w:rPr>
+              <w:t>i.e. Chemical spills, light, noise etc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2480" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FD374F" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-500279030"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2481" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="313FD9C5" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="992686155"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="581AB28D" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="72"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10485" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+          </w:tcPr>
+          <w:p w14:paraId="782254C3" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="FF5D49" w:themeColor="accent3"/>
+              </w:rPr>
+              <w:t>Select ALL that apply</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="626E9A38" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="71"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1340B2DA" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-946457092"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Breach of Limits / Licence Condition</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3495" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="341A10B0" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1264881639"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Light Pollution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w14:paraId="66FF1251" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-319660667"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Natural Environment and Wildlife</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="6C71F1A4" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="71"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="481F4CA8" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="338131035"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Noise nuisance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3495" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="73CC9B99" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1725448457"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Oil and Chemical Storage</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B7A433B" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1868642774"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Smoke, Fumes and Odours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="74C32868" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="71"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A501E28" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="676695401"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Spillage and Spillage Response</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3495" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA1CEDB" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1298728401"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Third Parties and Supply Chain</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w14:paraId="408977BB" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="2121254801"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Waste Management, Storage and Disposal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="757ED15F" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="402"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5382" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DF21810" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DID ANYONE WITNESS THE INCIDENT? *</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B92086F" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="135008501"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C5A7672" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-570968778"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="4D8C71F8" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10485" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D33212D" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ACTIONS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="12D50376" w14:textId="77777777" w:rsidTr="00653BE0">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="1372"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5382" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FFD20E5" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WHAT IMMEDIATE ACTIONS WERE TAKEN FOLLOWING THE INCIDENT*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CE3B6F3" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-            </w:pPr>
-[...205 lines deleted...]
-            </w:r>
+              <w:t>i.e. any actions to make the area safe, contacted emergency services</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="56EE663D" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="47609086" w14:textId="77777777" w:rsidR="000F36D9" w:rsidRDefault="000F36D9" w:rsidP="00B41F0D">
+    <w:p w14:paraId="10F27C6B" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00653BE0">
       <w:pPr>
-        <w:pStyle w:val="MediumGrid2"/>
         <w:rPr>
+          <w:rFonts w:cs="BBC Reith Sans"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="000F36D9" w:rsidSect="00042F84">
-[...6 lines deleted...]
-      <w:docGrid w:linePitch="299"/>
+    <w:p w14:paraId="419BD157" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00653BE0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="BBC Reith Sans"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653BE0">
+        <w:rPr>
+          <w:rFonts w:cs="BBC Reith Sans"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>INJURY DETAILS</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="GridTable4-Accent61"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1980"/>
+        <w:gridCol w:w="272"/>
+        <w:gridCol w:w="351"/>
+        <w:gridCol w:w="1279"/>
+        <w:gridCol w:w="649"/>
+        <w:gridCol w:w="672"/>
+        <w:gridCol w:w="321"/>
+        <w:gridCol w:w="694"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="860"/>
+        <w:gridCol w:w="127"/>
+        <w:gridCol w:w="362"/>
+        <w:gridCol w:w="626"/>
+        <w:gridCol w:w="344"/>
+        <w:gridCol w:w="1631"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="447732A2" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10456" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+          </w:tcPr>
+          <w:p w14:paraId="11BAC07D" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>INJURED PERSON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="3723282C" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2252" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BDE45AC" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>First name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8204" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+          </w:tcPr>
+          <w:p w14:paraId="0923A2A4" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="7B8B9422" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2252" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AC8FB78" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Last Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8204" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B64227A" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="085F3B0D" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2252" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="34BED942" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Job Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8204" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+          </w:tcPr>
+          <w:p w14:paraId="18A18B07" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="6797C3F3" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2252" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="48691B58" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Telephone Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8204" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+          </w:tcPr>
+          <w:p w14:paraId="034ACC99" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="2213EFD9" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2252" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="44452E3A" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Email Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8204" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D0B3599" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="75BB0217" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2252" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="71E51353" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Under 18 *</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C233988" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1038082828"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1642" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E630346" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1581825642"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="678191C8" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Age, or approximate age</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3090" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="70C2A183" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="717CC1F9" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2252" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="224C34F4" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3272" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="60982D36" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-189912655"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Unknown</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="490B4FC7" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3090" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="520052FE" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="3B08E306" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="516"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2252" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A2A5648" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Vulnerable Adult? *</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="253CE67E" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="697519106"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1642" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C633D8D" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1156270643"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="763D1287" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3090" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1FFCA9C0" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="1929893F" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="520"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2252" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EFA2077" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk215573780"/>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Status *</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CBC536A" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1492715786"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Freelancer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1642" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD8EFB6" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1656112491"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Contractor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6070E9AA" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="695040645"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Guest/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Contrib</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1459" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="66C102B6" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1960751860"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Public</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1591E5CC" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1838960625"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Artist</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="0"/>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="5E56656C" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10456" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+          </w:tcPr>
+          <w:p w14:paraId="6982E9F6" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>INJURY DETAILS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="7A15F409" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10456" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+          </w:tcPr>
+          <w:p w14:paraId="337DBF05" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>NATURE OF INJURY *</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="68CE7E7F" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="373FF994" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="FF5D49" w:themeColor="accent3"/>
+              </w:rPr>
+              <w:t>Select ALL that apply</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2600" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C56636E" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-947086246"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Cold Induced Injury / Illness</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2652" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="09314370" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1640000754"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Foreign body (eye/ear/nose/mouth)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="41F4D64F" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-238642925"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Poisoning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="668A2DC7" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="54D7BA42" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00C20A31" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1757968648"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Abrasion / Graze</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2600" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="731153EF" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-524861560"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Collapse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2652" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ACDEF7B" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="2144383372"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Hearing Loss - Permanent</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="49694508" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1870369966"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Puncture Wound</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="7565709F" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E0B1E62" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00C20A31" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-562177305"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Acute/Sudden Illness</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2600" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B996F70" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-660314754"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Concussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2652" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="785513B8" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1894655964"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Hearing Loss - Temporary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E279BE" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1070273953"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Scalping</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="45571D47" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F9E74AE" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00C20A31" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="145636860"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Allergic Reaction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2600" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CEF06DD" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="944663833"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Cramp</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2652" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="48E702FC" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="154262615"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Heart Attack / Cardiac Arrest</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="616A47F3" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1117445315"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Sickness/Nausea</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="55F26119" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A0B0B21" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00C20A31" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1935896230"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Amputation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2600" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="54B6BEC3" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1638486958"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Crush Injury</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2652" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="01C12D83" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1107802106"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Heat Induced Illness / Stress</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AFBB8EE" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1322856133"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Skin Disease or Disorder</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="404CF495" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E83D65F" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00C20A31" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-2094618138"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Asthma/Breathing Difficulties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2600" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="32C3CFA2" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1889101940"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Cuts/ Lacerations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2652" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D013A84" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="440334511"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Hernia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="532EAA6D" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="118432433"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Skin Irritation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="50CCB3D6" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="634FE1ED" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00C20A31" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-226764536"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Bites/Stings</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2600" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A9B2D39" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1674642875"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Disease</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2652" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E229B4D" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1587571356"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Loss of Consciousness</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="10ACD0A3" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1092613301"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Sprain or Strain Injury</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="66B27EF0" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="581C028A" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00C20A31" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1534306043"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Break / Fracture</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2600" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="459A5441" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-936523108"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Dislocation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2652" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C9F1F93" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1702229115"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Loss of Sight - Permanent</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F8B1BB4" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="870953522"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Stress</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="2AD460B2" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="68BCA004" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00C20A31" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-758051788"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Bruising</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2600" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2753A9B3" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="2058966396"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Dust / Soot / Smoke Inhalation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2652" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FA1EF40" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="12039751"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Loss of Sight - Temporary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="12643F12" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1364635759"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Stroke</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="62957A50" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="308E4742" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00C20A31" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="546026447"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Burn - Chemical</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2600" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D508A76" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="2015334525"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Electric Shock</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2652" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="75DCC8C0" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-61951278"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Musculoskeletal Injury/Condition</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="320E5F91" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1424919929"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Trauma / Shock / PTSD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C751437" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Whiplash</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="33A51BF3" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B82447A" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00C20A31" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1474279196"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Burn - Cold</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2600" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F89C7FF" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="991833681"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Epilepsy / Seizure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2652" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="13CA6D03" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-512381744"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>No Apparent Injury</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C4CACE" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="116718888"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Work Related Upper </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="4A2D2493" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="602E0E52" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00C20A31" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1610240299"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Burn - Electrical</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2600" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="61E83FD8" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="607240981"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Exacerbation of Pre-existing Condition/Injury</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2652" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="25E63C6E" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1865289745"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Palpitations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA8FE36" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="274444397"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Limb Disorder</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="5FCE5BE5" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="40E0F5C4" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00C20A31" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1445537444"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Burn - Hot/Scald</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2600" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="11413C4B" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="982660583"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Fainting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2652" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EB2C5CB" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1204596333"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Panic Attack</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B5AA73A" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1965149442"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Vibration White Finger</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="77DA5C1F" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10456" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA85BE7" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>INJURED BODY PART *</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="0022397C" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10456" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F0CFBBD" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="FF5D49" w:themeColor="accent3"/>
+              </w:rPr>
+              <w:t>Select ALL that apply</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="38D184FE" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C0409E3" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00C20A31" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="464017913"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ankle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2600" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="01FC1A05" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="-166021998"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Eye</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2652" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F7ED76E" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="-60328266"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="BBC Reith Sans"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>Head</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="001B77DA" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="218180367"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Other Parts of Face</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="6E258DFD" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="58E7D0DA" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00C20A31" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="120967194"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Arms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2600" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5044157C" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="-2130854289"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Face</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2652" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EF90B2A" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="-1404284293"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="BBC Reith Sans"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>Leg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="132E314A" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="-410005963"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Shoulder</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="57364A13" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="31C52643" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00C20A31" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="-1697223998"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Back</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2600" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="73599BD9" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="1162821603"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Finger or Fingers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2652" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FBCC6EC" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="1935396588"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="BBC Reith Sans"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>Mouth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="18282593" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="1445040385"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Toe or Toes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="4FA5239A" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="58C4944A" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00C20A31" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="770978757"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Chest</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2600" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0879CF7A" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="1722100870"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Foot</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2652" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="441920B6" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="429475797"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="BBC Reith Sans"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>Neck</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="1308B219" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="-318973556"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Torso</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="27EEFA99" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D539F78" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00C20A31" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="440426231"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ear</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2600" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C196DDF" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="179698216"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hand</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2652" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="5698F574" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="-1509743972"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="BBC Reith Sans"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>Nose</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="450D3D21" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="612484890"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Wrist</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="148D24E9" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10456" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+          </w:tcPr>
+          <w:p w14:paraId="161090BB" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ACTION DETAILS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="478ABC2F" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="69"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="05CDC35C" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>FIRST AID? *</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="41CC4330" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>First Aid?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1975" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="543A6D11" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="1024974061"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">First Aid Given </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>inc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> self-administered)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1975" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="6076FCD7" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="1991520937"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>First Aid Refused</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1975" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FCEB1E0" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="451445283"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Not Applicable</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="025F6B29" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="67"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="306240CD" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="445CB743" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>First Aider Name?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5925" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="33EF676C" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="77CA413C" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="67"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="219EBDF7" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="61EA7DCE" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Taken to Hospital?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2962" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BE926D7" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="247620387"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes (</w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>If YES, give details below)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2963" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A841299" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-2061008936"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="1B9A57F3" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="67"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="253589D8" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="11F5DE71" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Hospital treatment?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5925" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="206346A8" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="336EE667" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="69"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B2CD29B" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>RESTRICTED DUTIES? *</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="5198492B" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Restricted Duties?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1975" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A3BCDB0" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="2077239968"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1975" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="434EB553" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="-1905516186"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1975" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D8F0991" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="-1871454905"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Not Applicable</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="63254F1E" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="67"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4089D862" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="033EEEB6" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>First Day of Restricted Duties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5925" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="20587E0E" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DE8B2EE" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>DD/MM/YY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="5FB5AEAE" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="67"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="29591914" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A23CC50" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Last Day of Restricted Duties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5925" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A61EDCF" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09ECE263" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>DD/MM/YY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="2D396573" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="108"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="57FB2453" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>ABSENCE FROM WORK? *</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="58AD5932" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Absence from work?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1975" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D43B33A" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="24919344"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1975" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="793F664C" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="-1219363927"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1975" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="10447496" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                </w:rPr>
+                <w:id w:val="-170342356"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Not Applicable</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="0A0AEB47" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="108"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0DF5C725" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="28E58C2B" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>First Day of Absence</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5925" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="093F0A2B" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5275BE1B" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>DD/MM/YY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="155AB728" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="108"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF0B19F" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FDB0EC2" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Last Day of Absence</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5925" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="01D1F4D5" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6EAA4660" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>DD/MM/YY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="1C3E18A4" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="108"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="543141B0" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="00B1D3B5" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Was the absence over continuous days?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2962" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="41138744" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-402148695"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2963" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="2539249B" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1376969412"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="0D89CE6D" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="135"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="15440640" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>ADDITIONAL SUPPORT *</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DB08157" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Additional support offered?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2962" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="275EDA5F" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1908528018"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes (</w:t>
+            </w:r>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>If YES, give details below)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2963" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CEC3A69" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-829905053"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="76222B77" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="135"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7AC0DDDF" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="540CAFA4" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Details of additional support</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5925" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="05BB1BB2" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="533177E6" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17EA7017" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>FATALITY? *</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4238" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="17DADF93" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-87150990"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4238" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="42BFCD3D" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="243459804"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2BD18B1F" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00653BE0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="BBC Reith Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20D2F290" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00653BE0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="BBC Reith Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653BE0">
+        <w:rPr>
+          <w:rFonts w:cs="BBC Reith Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>WITNESS DETAILS</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="GridTable4-Accent61"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1964"/>
+        <w:gridCol w:w="292"/>
+        <w:gridCol w:w="1629"/>
+        <w:gridCol w:w="1629"/>
+        <w:gridCol w:w="1854"/>
+        <w:gridCol w:w="1458"/>
+        <w:gridCol w:w="1630"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="22218E21" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10461" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="57B05108" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C20A31">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>WITNESS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="75740B8E" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1965" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C5642E1" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>First name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8496" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="1450A91A" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="7196962F" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1965" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FEC40DE" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Last Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8496" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="25816F46" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="62254059" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1965" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="390C8D66" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Job Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8496" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="31995381" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="53433E54" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1965" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A2270EC" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Telephone Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8496" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="2652D85D" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="0784BACF" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1965" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55BAEE7C" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Email Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8496" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F5C004E" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="45053AF5" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2257" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="09FF3E17" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Under 18 *</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FFDB640" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="745770540"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63456A13" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1919097592"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1854" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="790336E9" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Age, or approximate age</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3090" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B5E8AF3" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="48ED668F" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2257" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="74B3A90F" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B699F68" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-945926794"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Unknown</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1854" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0E153579" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3090" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5EB10A85" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="2429BE9C" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="516"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2257" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="56845869" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Vulnerable Adult? *</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E409388" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-16621727"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E6884A5" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1382057499"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1854" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB5AFA5" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3090" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="77201099" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00653BE0" w:rsidRPr="00653BE0" w14:paraId="073D2F50" w14:textId="77777777" w:rsidTr="00C20A31">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="28" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="520"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2257" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7082386A" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+              </w:rPr>
+              <w:t>Status *</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EBB413A" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="795186719"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Freelancer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00C23EB1" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1992756584"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Contractor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1854" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36EBC001" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1437660836"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Guest/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Contrib</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D31A695" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1522896247"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Public</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44D05442" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00D507EC" w:rsidP="00DD5421">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="BBC Reith Sans"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="2112924339"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00653BE0" w:rsidRPr="00653BE0">
+              <w:rPr>
+                <w:rFonts w:cs="BBC Reith Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Artist</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="514CC08A" w14:textId="77777777" w:rsidR="00653BE0" w:rsidRPr="00653BE0" w:rsidRDefault="00653BE0" w:rsidP="00653BE0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="BBC Reith Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74B5A6F6" w14:textId="77777777" w:rsidR="00DB51D5" w:rsidRPr="00653BE0" w:rsidRDefault="00DB51D5" w:rsidP="00653BE0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="BBC Reith Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00DB51D5" w:rsidRPr="00653BE0" w:rsidSect="00BE252D">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="680" w:footer="680" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="46CD396A" w14:textId="77777777" w:rsidR="00695DD7" w:rsidRDefault="00695DD7">
+    <w:p w14:paraId="275518E5" w14:textId="77777777" w:rsidR="00656C7C" w:rsidRDefault="00656C7C" w:rsidP="00FF528B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56F7540A" w14:textId="77777777" w:rsidR="00695DD7" w:rsidRDefault="00695DD7">
+    <w:p w14:paraId="16994CE9" w14:textId="77777777" w:rsidR="00656C7C" w:rsidRDefault="00656C7C" w:rsidP="00FF528B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Mincho">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="SimSun">
-[...8 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="BBC Reith Sans">
+    <w:panose1 w:val="020B0603020204020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002FF" w:usb1="5000005B" w:usb2="00000028" w:usb3="00000000" w:csb0="00000007" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="BBC Reith Sans XBold">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="5000005A" w:usb2="00000028" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="BBC Reith Sans Medium">
+    <w:panose1 w:val="020B0703020204020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002FF" w:usb1="5000005B" w:usb2="00000028" w:usb3="00000000" w:csb0="00000007" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="BBC Reith Sans Light">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="5000005A" w:usb2="00000028" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="144186DB" w14:textId="77777777" w:rsidR="00F66E48" w:rsidRPr="00F66E48" w:rsidRDefault="002F32E9" w:rsidP="00475AFD">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="GridTable4-Accent61"/>
+      <w:tblW w:w="10485" w:type="dxa"/>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="1271"/>
+      <w:gridCol w:w="5954"/>
+      <w:gridCol w:w="1701"/>
+      <w:gridCol w:w="1559"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00213BBE" w:rsidRPr="00213BBE" w14:paraId="6879BF04" w14:textId="77777777" w:rsidTr="004F1EB1">
+      <w:trPr>
+        <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:tcW w:w="1271" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="269915AF" w14:textId="5697D9FE" w:rsidR="00213BBE" w:rsidRPr="00213BBE" w:rsidRDefault="00213BBE" w:rsidP="00213BBE">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4513"/>
+              <w:tab w:val="right" w:pos="9026"/>
+            </w:tabs>
+            <w:spacing w:line="216" w:lineRule="auto"/>
+            <w:jc w:val="left"/>
+            <w:rPr>
+              <w:rFonts w:ascii="BBC Reith Sans Medium" w:hAnsi="BBC Reith Sans Medium" w:cs="BBC Reith Sans Medium"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-US"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:bookmarkStart w:id="1" w:name="_Hlk215233243"/>
+          <w:r w:rsidRPr="00213BBE">
+            <w:rPr>
+              <w:rFonts w:ascii="BBC Reith Sans Medium" w:hAnsi="BBC Reith Sans Medium" w:cs="BBC Reith Sans Medium"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-US"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+            <w:t>Version No:</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5954" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:tcPr>
+        <w:p w14:paraId="59E1AD85" w14:textId="2FB9A6D2" w:rsidR="00213BBE" w:rsidRPr="00213BBE" w:rsidRDefault="00653BE0" w:rsidP="00213BBE">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4513"/>
+              <w:tab w:val="right" w:pos="9026"/>
+            </w:tabs>
+            <w:spacing w:line="216" w:lineRule="auto"/>
+            <w:jc w:val="left"/>
+            <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:rPr>
+              <w:rFonts w:ascii="BBC Reith Sans Light" w:hAnsi="BBC Reith Sans Light" w:cs="BBC Reith Sans Light"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-US"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="BBC Reith Sans Light" w:hAnsi="BBC Reith Sans Light" w:cs="BBC Reith Sans Light"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:color w:val="000000"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-US"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+            <w:t>2</w:t>
+          </w:r>
+          <w:r w:rsidR="00213BBE" w:rsidRPr="00213BBE">
+            <w:rPr>
+              <w:rFonts w:ascii="BBC Reith Sans Light" w:hAnsi="BBC Reith Sans Light" w:cs="BBC Reith Sans Light"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:color w:val="000000"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-US"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="BBC Reith Sans Light" w:hAnsi="BBC Reith Sans Light" w:cs="BBC Reith Sans Light"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:color w:val="000000"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-US"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+            <w:t>1(ML/ZH)</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1701" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="41CAA414" w14:textId="77777777" w:rsidR="00213BBE" w:rsidRPr="00213BBE" w:rsidRDefault="00213BBE" w:rsidP="00213BBE">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4513"/>
+              <w:tab w:val="right" w:pos="9026"/>
+            </w:tabs>
+            <w:spacing w:line="216" w:lineRule="auto"/>
+            <w:jc w:val="left"/>
+            <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:rPr>
+              <w:rFonts w:ascii="BBC Reith Sans Light" w:hAnsi="BBC Reith Sans Light" w:cs="Times New Roman"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-US"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00213BBE">
+            <w:rPr>
+              <w:rFonts w:ascii="BBC Reith Sans Medium" w:hAnsi="BBC Reith Sans Medium" w:cs="BBC Reith Sans Medium"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-US"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+            <w:t>Date Published</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00213BBE">
+            <w:rPr>
+              <w:rFonts w:ascii="BBC Reith Sans Light" w:hAnsi="BBC Reith Sans Light" w:cs="Times New Roman"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-US"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+            <w:t>:</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1559" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:tcPr>
+        <w:p w14:paraId="1605682A" w14:textId="22CDF548" w:rsidR="00213BBE" w:rsidRPr="00213BBE" w:rsidRDefault="00653BE0" w:rsidP="00213BBE">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4513"/>
+              <w:tab w:val="right" w:pos="9026"/>
+            </w:tabs>
+            <w:spacing w:line="216" w:lineRule="auto"/>
+            <w:jc w:val="left"/>
+            <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:rPr>
+              <w:rFonts w:ascii="BBC Reith Sans Light" w:hAnsi="BBC Reith Sans Light" w:cs="BBC Reith Sans Light"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-US"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="BBC Reith Sans Light" w:hAnsi="BBC Reith Sans Light" w:cs="BBC Reith Sans Light"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:color w:val="auto"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-US"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+            <w:t>10 Dec</w:t>
+          </w:r>
+          <w:r w:rsidR="00213BBE" w:rsidRPr="00213BBE">
+            <w:rPr>
+              <w:rFonts w:ascii="BBC Reith Sans Light" w:hAnsi="BBC Reith Sans Light" w:cs="BBC Reith Sans Light"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:color w:val="auto"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-US"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> 2025</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:bookmarkEnd w:id="1"/>
+  </w:tbl>
+  <w:p w14:paraId="48EF4DC0" w14:textId="77777777" w:rsidR="00213BBE" w:rsidRDefault="00213BBE" w:rsidP="00213BBE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:jc w:val="lowKashida"/>
       <w:rPr>
-        <w:b/>
-[...2 lines deleted...]
-        <w:szCs w:val="18"/>
+        <w:noProof/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="003643AF">
+  </w:p>
+  <w:p w14:paraId="74E1A207" w14:textId="5CAE0890" w:rsidR="00FF528B" w:rsidRPr="009B1C3F" w:rsidRDefault="00213BBE" w:rsidP="00213BBE">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
       <w:rPr>
-        <w:b/>
-[...2 lines deleted...]
-        <w:szCs w:val="18"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">Version – </w:t>
+    </w:pPr>
+    <w:r w:rsidRPr="009B1C3F">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00F66E48">
+    <w:r w:rsidRPr="009B1C3F">
       <w:rPr>
-        <w:b/>
-[...2 lines deleted...]
-        <w:szCs w:val="18"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Jan</w:t>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="003643AF">
+    <w:r w:rsidRPr="009B1C3F">
       <w:rPr>
-        <w:b/>
-[...2 lines deleted...]
-        <w:szCs w:val="18"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 20</w:t>
+      <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00F66E48">
-[...17 lines deleted...]
-    <w:r w:rsidR="00475AFD" w:rsidRPr="00D56143">
+    <w:r w:rsidRPr="009B1C3F">
       <w:rPr>
         <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
-      <w:pict w14:anchorId="0B5B1AE8">
-[...22 lines deleted...]
-      </w:pict>
+      <w:t>1</w:t>
     </w:r>
-  </w:p>
-[...13 lines deleted...]
-    <w:r>
+    <w:r w:rsidRPr="009B1C3F">
       <w:rPr>
         <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
-      <w:pict w14:anchorId="4FD0EB3D">
-[...3 lines deleted...]
-      </w:pict>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="009B1C3F">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidRPr="009B1C3F">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidRPr="009B1C3F">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="132AFFA2" wp14:editId="0B70BA8D">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:align>right</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-25400</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1299600" cy="165600"/>
+          <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+          <wp:wrapThrough wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="19938"/>
+              <wp:lineTo x="12035" y="19938"/>
+              <wp:lineTo x="21220" y="19938"/>
+              <wp:lineTo x="21220" y="0"/>
+              <wp:lineTo x="19636" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapThrough>
+          <wp:docPr id="1797522263" name="Picture 4"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 3"/>
+                  <pic:cNvPicPr preferRelativeResize="0">
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1299600" cy="165600"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E953560" w14:textId="77777777" w:rsidR="00695DD7" w:rsidRDefault="00695DD7">
+    <w:p w14:paraId="14893F3C" w14:textId="77777777" w:rsidR="00656C7C" w:rsidRDefault="00656C7C" w:rsidP="00FF528B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="78D75DA3" w14:textId="77777777" w:rsidR="00695DD7" w:rsidRDefault="00695DD7">
+    <w:p w14:paraId="22836510" w14:textId="77777777" w:rsidR="00656C7C" w:rsidRDefault="00656C7C" w:rsidP="00FF528B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="222CC9AD" w14:textId="77777777" w:rsidR="009C7D8F" w:rsidRPr="00A760DE" w:rsidRDefault="002F32E9" w:rsidP="002F32E9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="112FA46F" w14:textId="46636159" w:rsidR="00336AB9" w:rsidRDefault="00E07A7C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:pBdr>
-[...8 lines deleted...]
-      <w:ind w:right="970"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00165320">
       <w:rPr>
-        <w:color w:val="7F7F7F"/>
-[...1 lines deleted...]
-        <w:szCs w:val="28"/>
+        <w:rFonts w:eastAsia="BBC Reith Sans Light" w:cs="BBC Reith Sans"/>
+        <w:noProof/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:eastAsia="en-US"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D51321E" wp14:editId="5B234FF5">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>15240</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>15240</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7556500" cy="1485900"/>
+          <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1462315765" name="Picture 2">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="303014884" name="Picture 2">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7556500" cy="1485900"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="00346E7A">
+      <w:rPr>
+        <w:rFonts w:ascii="BBC Reith Sans Medium" w:hAnsi="BBC Reith Sans Medium" w:cs="BBC Reith Sans Medium"/>
+        <w:caps/>
+        <w:color w:val="3B1759" w:themeColor="text2"/>
+        <w:sz w:val="44"/>
+        <w:szCs w:val="44"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00653BE0">
+      <w:rPr>
+        <w:rFonts w:ascii="BBC Reith Sans Medium" w:hAnsi="BBC Reith Sans Medium" w:cs="BBC Reith Sans Medium"/>
+        <w:caps/>
+        <w:color w:val="3B1759" w:themeColor="text2"/>
+        <w:sz w:val="44"/>
+        <w:szCs w:val="44"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:rPr>
+      <w:t xml:space="preserve">SAFETY </w:t>
+    </w:r>
+    <w:r w:rsidR="00114C31">
+      <w:rPr>
+        <w:rFonts w:ascii="BBC Reith Sans Medium" w:hAnsi="BBC Reith Sans Medium" w:cs="BBC Reith Sans Medium"/>
+        <w:caps/>
+        <w:color w:val="3B1759" w:themeColor="text2"/>
+        <w:sz w:val="44"/>
+        <w:szCs w:val="44"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:rPr>
+      <w:t>INCIDENT</w:t>
+    </w:r>
+    <w:r w:rsidR="00346E7A">
+      <w:rPr>
+        <w:rFonts w:ascii="BBC Reith Sans Medium" w:hAnsi="BBC Reith Sans Medium" w:cs="BBC Reith Sans Medium"/>
+        <w:caps/>
+        <w:color w:val="3B1759" w:themeColor="text2"/>
+        <w:sz w:val="44"/>
+        <w:szCs w:val="44"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> R</w:t>
+    </w:r>
+    <w:r w:rsidR="00114C31">
+      <w:rPr>
+        <w:rFonts w:ascii="BBC Reith Sans Medium" w:hAnsi="BBC Reith Sans Medium" w:cs="BBC Reith Sans Medium"/>
+        <w:caps/>
+        <w:color w:val="3B1759" w:themeColor="text2"/>
+        <w:sz w:val="44"/>
+        <w:szCs w:val="44"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>EPORT</w:t>
+    </w:r>
+    <w:r w:rsidR="00346E7A" w:rsidRPr="001A242B">
+      <w:rPr>
+        <w:rFonts w:ascii="BBC Reith Sans Medium" w:hAnsi="BBC Reith Sans Medium" w:cs="BBC Reith Sans Medium"/>
+        <w:caps/>
+        <w:color w:val="3B1759" w:themeColor="text2"/>
+        <w:sz w:val="44"/>
+        <w:szCs w:val="44"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00114C31">
+      <w:rPr>
+        <w:rFonts w:ascii="BBC Reith Sans Medium" w:hAnsi="BBC Reith Sans Medium" w:cs="BBC Reith Sans Medium"/>
+        <w:caps/>
+        <w:color w:val="3B1759" w:themeColor="text2"/>
+        <w:sz w:val="44"/>
+        <w:szCs w:val="44"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>FORM</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="5E381832" w14:textId="77777777" w:rsidR="00165320" w:rsidRDefault="00165320">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
-    <w:r>
-[...109 lines deleted...]
-    </w:r>
+  </w:p>
+  <w:p w14:paraId="44A80C7D" w14:textId="77777777" w:rsidR="00165320" w:rsidRDefault="00165320">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="6D930CDF" w14:textId="77777777" w:rsidR="00165320" w:rsidRDefault="00165320">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="63E786E2" w14:textId="77777777" w:rsidR="00165320" w:rsidRDefault="00165320">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF1D"/>
+    <w:nsid w:val="44077BF0"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="583E9A0A"/>
+    <w:tmpl w:val="E92847DA"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
-[...383 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B5F3CB7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="821276D8"/>
+    <w:lvl w:ilvl="0" w:tplc="D2349340">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="−"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...375 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-[...349 lines deleted...]
-  <w:num w:numId="16" w16cid:durableId="1515073816">
+  <w:num w:numId="1" w16cid:durableId="1314018394">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="472138840">
+  <w:num w:numId="2" w16cid:durableId="2009793846">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
-[...3 lines deleted...]
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
-  <w:hyphenationZone w:val="357"/>
-[...3 lines deleted...]
-  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
-[...2 lines deleted...]
-    </o:shapelayout>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:doNotSuppressParagraphBorders/>
-[...31 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0097593B"/>
-[...343 lines deleted...]
-    <w:rsid w:val="00FF5308"/>
+    <w:rsidRoot w:val="00FF528B"/>
+    <w:rsid w:val="00061D23"/>
+    <w:rsid w:val="00114C31"/>
+    <w:rsid w:val="001159C7"/>
+    <w:rsid w:val="00165320"/>
+    <w:rsid w:val="001D0710"/>
+    <w:rsid w:val="00207455"/>
+    <w:rsid w:val="00213BBE"/>
+    <w:rsid w:val="0026258D"/>
+    <w:rsid w:val="00296167"/>
+    <w:rsid w:val="002B270A"/>
+    <w:rsid w:val="002B5D8D"/>
+    <w:rsid w:val="003012CD"/>
+    <w:rsid w:val="00310AD2"/>
+    <w:rsid w:val="00336AB9"/>
+    <w:rsid w:val="003404EE"/>
+    <w:rsid w:val="00346E7A"/>
+    <w:rsid w:val="003B3935"/>
+    <w:rsid w:val="003F0610"/>
+    <w:rsid w:val="003F710A"/>
+    <w:rsid w:val="00425031"/>
+    <w:rsid w:val="00444B1F"/>
+    <w:rsid w:val="004B2038"/>
+    <w:rsid w:val="004F1EB1"/>
+    <w:rsid w:val="00543E8A"/>
+    <w:rsid w:val="00555722"/>
+    <w:rsid w:val="005B5539"/>
+    <w:rsid w:val="005C3E51"/>
+    <w:rsid w:val="005D7D85"/>
+    <w:rsid w:val="00616D78"/>
+    <w:rsid w:val="00640731"/>
+    <w:rsid w:val="00653BE0"/>
+    <w:rsid w:val="00656C7C"/>
+    <w:rsid w:val="006B7BDA"/>
+    <w:rsid w:val="006E5ADE"/>
+    <w:rsid w:val="0072478F"/>
+    <w:rsid w:val="0072643E"/>
+    <w:rsid w:val="00750D1B"/>
+    <w:rsid w:val="0078178C"/>
+    <w:rsid w:val="00831126"/>
+    <w:rsid w:val="008516FD"/>
+    <w:rsid w:val="00862CD3"/>
+    <w:rsid w:val="008872AB"/>
+    <w:rsid w:val="008B0930"/>
+    <w:rsid w:val="009134B2"/>
+    <w:rsid w:val="00965EE0"/>
+    <w:rsid w:val="009B1C3F"/>
+    <w:rsid w:val="00A037DC"/>
+    <w:rsid w:val="00A175A8"/>
+    <w:rsid w:val="00AF6D94"/>
+    <w:rsid w:val="00BC1B31"/>
+    <w:rsid w:val="00BE252D"/>
+    <w:rsid w:val="00C05ED3"/>
+    <w:rsid w:val="00C20A31"/>
+    <w:rsid w:val="00C36188"/>
+    <w:rsid w:val="00D42D73"/>
+    <w:rsid w:val="00D507EC"/>
+    <w:rsid w:val="00D86852"/>
+    <w:rsid w:val="00DB51D5"/>
+    <w:rsid w:val="00DD6C32"/>
+    <w:rsid w:val="00E07A7C"/>
+    <w:rsid w:val="00E11A11"/>
+    <w:rsid w:val="00E14412"/>
+    <w:rsid w:val="00E46123"/>
+    <w:rsid w:val="00E506D8"/>
+    <w:rsid w:val="00E76317"/>
+    <w:rsid w:val="00E97D06"/>
+    <w:rsid w:val="00E97FEC"/>
+    <w:rsid w:val="00F13BE6"/>
+    <w:rsid w:val="00F30455"/>
+    <w:rsid w:val="00F44266"/>
+    <w:rsid w:val="00F913F5"/>
+    <w:rsid w:val="00FF528B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="5708E58C"/>
+  <w14:docId w14:val="2F158ECF"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{3278105E-7718-464D-83D6-870A6E990BD6}"/>
+  <w15:docId w15:val="{769655CA-6CF0-4656-940C-31CD6C433C0B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-    <w:lsdException w:name="Normal" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:qFormat="1"/>
-[...16 lines deleted...]
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -13591,842 +17399,1903 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D1227C"/>
+    <w:rsid w:val="00444B1F"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:rFonts w:ascii="BBC Reith Sans" w:hAnsi="BBC Reith Sans" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:eastAsia="ja-JP"/>
+      <w:lang w:eastAsia="en-GB"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="004B1B50"/>
+    <w:rsid w:val="00207455"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="BBC Reith Sans XBold" w:eastAsiaTheme="majorEastAsia" w:hAnsi="BBC Reith Sans XBold" w:cstheme="majorBidi"/>
       <w:b/>
-      <w:kern w:val="28"/>
-      <w:sz w:val="28"/>
+      <w:caps/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="004B1B50"/>
+    <w:rsid w:val="00207455"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:i/>
+      <w:rFonts w:ascii="BBC Reith Sans Medium" w:eastAsiaTheme="majorEastAsia" w:hAnsi="BBC Reith Sans Medium" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="26"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="004B1B50"/>
+    <w:rsid w:val="00FF528B"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="6B2761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="004B1B50"/>
+    <w:rsid w:val="00FF528B"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="6B2761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="004B1B50"/>
+    <w:rsid w:val="00FF528B"/>
     <w:pPr>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="6B2761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="004B1B50"/>
+    <w:rsid w:val="00FF528B"/>
     <w:pPr>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="004B1B50"/>
+    <w:rsid w:val="00FF528B"/>
     <w:pPr>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="004B1B50"/>
+    <w:rsid w:val="00FF528B"/>
     <w:pPr>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="004B1B50"/>
+    <w:rsid w:val="00FF528B"/>
     <w:pPr>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...1 lines deleted...]
-      <w:sz w:val="18"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D1227C"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="005D7EB6"/>
-[...2 lines deleted...]
-    </w:rPr>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D1227C"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
-[...13 lines deleted...]
-    <w:name w:val="page number"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="004B1B50"/>
-[...3 lines deleted...]
-    <w:semiHidden/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00207455"/>
     <w:rPr>
-      <w:sz w:val="16"/>
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="BBC Reith Sans XBold" w:eastAsiaTheme="majorEastAsia" w:hAnsi="BBC Reith Sans XBold" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:caps/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
-[...2 lines deleted...]
-    <w:semiHidden/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00207455"/>
     <w:rPr>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="BBC Reith Sans Medium" w:eastAsiaTheme="majorEastAsia" w:hAnsi="BBC Reith Sans Medium" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="26"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BBCText">
-[...1 lines deleted...]
-    <w:rsid w:val="004B1B50"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FF528B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="6B2761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-GB"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FF528B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="6B2761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-GB"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FF528B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="6B2761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-GB"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FF528B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-GB"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FF528B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-GB"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FF528B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-GB"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FF528B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-GB"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF528B"/>
     <w:pPr>
-      <w:overflowPunct w:val="0"/>
-[...3 lines deleted...]
-      <w:textAlignment w:val="baseline"/>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BBCHeadings">
-[...3 lines deleted...]
-    <w:rsid w:val="004B1B50"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00FF528B"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-      <w:b/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:eastAsia="en-GB"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BBCFooter">
-[...2 lines deleted...]
-    <w:rsid w:val="004B1B50"/>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF528B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Safety1-Bullet">
-[...5 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00FF528B"/>
     <w:rPr>
-      <w:spacing w:val="10"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-GB"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Safety1-Text">
-    <w:name w:val="Safety1-Text"/>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF528B"/>
     <w:pPr>
-      <w:spacing w:before="60" w:after="60"/>
-[...25 lines deleted...]
-      <w:ind w:left="864" w:hanging="432"/>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:spacing w:val="10"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SafetyHdg-1-24pt">
-[...7 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00FF528B"/>
     <w:rPr>
-      <w:spacing w:val="20"/>
-[...1 lines deleted...]
-      <w:szCs w:val="48"/>
+      <w:rFonts w:ascii="BBC Reith Sans" w:hAnsi="BBC Reith Sans" w:cs="Calibri"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-GB"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SafetyHdg-3-14pt-Ctr">
-    <w:name w:val="SafetyHdg-3-14pt-Ctr"/>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF528B"/>
     <w:pPr>
-      <w:keepNext/>
-[...3 lines deleted...]
-      <w:spacing w:before="120" w:after="120"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF528B"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="6B2761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF528B"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="6B2761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="6B2761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...4 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="6B2761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SafetyHdg-4-16pt-lft">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00FF528B"/>
     <w:rPr>
-      <w:spacing w:val="10"/>
-[...1 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:rFonts w:ascii="BBC Reith Sans" w:hAnsi="BBC Reith Sans" w:cs="Calibri"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="6B2761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-GB"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SafetyHdg-4-18pt-lft">
-[...36 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF528B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:spacing w:val="10"/>
-[...30 lines deleted...]
-      <w:spacing w:val="0"/>
+      <w:smallCaps/>
+      <w:color w:val="6B2761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004B1B50"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FF528B"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4153"/>
-        <w:tab w:val="right" w:pos="8306"/>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SafetyHdg-2-20pt">
-[...1 lines deleted...]
-    <w:basedOn w:val="SafetyHdg-1-24pt"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FF528B"/>
     <w:rPr>
-      <w:sz w:val="40"/>
-      <w:szCs w:val="40"/>
+      <w:rFonts w:ascii="BBC Reith Sans" w:hAnsi="BBC Reith Sans" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-GB"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumberHeading1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Heading1"/>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FF528B"/>
     <w:pPr>
-      <w:ind w:left="283" w:hanging="283"/>
-      <w:outlineLvl w:val="9"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...65 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00E84DE3"/>
+    <w:rsid w:val="00FF528B"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-[...10 lines deleted...]
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:rFonts w:ascii="BBC Reith Sans" w:hAnsi="BBC Reith Sans" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:eastAsia="ja-JP"/>
+      <w:lang w:eastAsia="en-GB"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:rsid w:val="00124DC3"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="001159C7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...3 lines deleted...]
-    <w:rsid w:val="00124DC3"/>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001159C7"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Arial"/>
-[...28 lines deleted...]
-      <w:lang w:eastAsia="ja-JP"/>
+      <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="00516E8A"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0072643E"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
+      <w:color w:val="50D5B9" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
-[...1 lines deleted...]
-    <w:rsid w:val="00543172"/>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0072643E"/>
     <w:rPr>
-      <w:color w:val="800080"/>
-      <w:u w:val="single"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="StyleVerdana8ptBold">
-[...1 lines deleted...]
-    <w:rsid w:val="00DB4B19"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4-Accent61">
+    <w:name w:val="Grid Table 4 - Accent 61"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="GridTable4-Accent6"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="00213BBE"/>
+    <w:pPr>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...2 lines deleted...]
-      <w:sz w:val="16"/>
+      <w:rFonts w:eastAsia="BBC Reith Sans Light"/>
+      <w:sz w:val="20"/>
     </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="0052B3"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="0052B3"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="0052B3"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="0052B3"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="0052B3"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="0052B3"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="28" w:type="dxa"/>
+        <w:left w:w="57" w:type="dxa"/>
+        <w:bottom w:w="57" w:type="dxa"/>
+        <w:right w:w="57" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="0052B3"/>
+      </w:rPr>
+      <w:tblPr>
+        <w:tblCellMar>
+          <w:top w:w="57" w:type="dxa"/>
+          <w:left w:w="57" w:type="dxa"/>
+          <w:bottom w:w="57" w:type="dxa"/>
+          <w:right w:w="57" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="0052B3"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="0052B3"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="0052B3"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="0052B3"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="0052B3"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="0052B3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CEDEF0"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="CEDEF0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F5F8FC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F5F8FC"/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="fntdialoginfo1">
-[...11 lines deleted...]
-    </w:rPr>
+  <w:style w:type="table" w:styleId="GridTable4-Accent6">
+    <w:name w:val="Grid Table 4 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="00213BBE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="65A5CE" w:themeColor="accent6" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="65A5CE" w:themeColor="accent6" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="65A5CE" w:themeColor="accent6" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="65A5CE" w:themeColor="accent6" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="65A5CE" w:themeColor="accent6" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="65A5CE" w:themeColor="accent6" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="2A6183" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="2A6183" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="2A6183" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="2A6183" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2A6183" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="2A6183" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CBE1EE" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CBE1EE" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="103967518">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="114446211">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="408037522">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="460077231">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1500929845">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="360399061">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1500655930">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="225"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="489030759">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="653413688">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="776213500">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="830215848">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="876967886">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="888033689">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1565027884">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="200241339">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="2079327559">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="225"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="967785455">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1055665958">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1074861212">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1594120687">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="153451574">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="983005319">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="225"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1121798387">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1129588206">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="72625027">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1901288715">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1186678165">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="225"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1135950240">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1254169390">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="754516123">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="823546300">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1192262636">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="225"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1296521560">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1373267538">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1245921019">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1823235404">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="442576779">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="225"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1415853999">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1473987020">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1487353452">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="271742567">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1878003053">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="2003969476">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="225"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1491479526">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1254436246">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="714891756">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1573273008">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="225"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1572617428">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1637417972">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2054648756">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="801313716">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="940335235">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="225"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1668361860">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1822501938">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1933585639">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2009870452">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="238297026">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="225"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1856071345">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1881623561">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1902980654">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1923293656">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2050253554">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bbc.co.uk/safety/generalsafety/accidentandincident/reporting-accidents-and-incidents.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:safety@bbc.co.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bbc.cgrfoundation.com/accounts/login?result=auth_logout" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme1">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="BBC STUDIOS 3">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="3B1759"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="8F3483"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="50D5B9"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="FF5D49"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="2C073C"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="682386"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="2A6183"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="50D5B9"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="D93C34"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Arial">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Arial" panose="020B0604020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
-[...54 lines deleted...]
-        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="굴림"/>
+        <a:font script="Hans" typeface="黑体"/>
+        <a:font script="Hant" typeface="微軟正黑體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Arial" panose="020B0604020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="굴림"/>
+        <a:font script="Hans" typeface="黑体"/>
+        <a:font script="Hant" typeface="微軟正黑體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -14559,61 +19428,216 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010084E80559AFC54E45A30A97285C3E7E8F" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="173ec3983c2a3898827a00f9763b8ab0">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c64490b4aec6201516c3a874156f37b2">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E93A0AE23020134B93F14A2019157ED1" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="31c2e5ae6d2cc487c6129d5de176e3b3">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2944bd6e-ad29-4bec-80d7-41a6c9cb5d0a" xmlns:ns3="4561b2be-0a5b-4f39-9a33-d668b7551de4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ce099f980a3b65907fd4a318ff4628f6" ns2:_="" ns3:_="">
+    <xsd:import namespace="2944bd6e-ad29-4bec-80d7-41a6c9cb5d0a"/>
+    <xsd:import namespace="4561b2be-0a5b-4f39-9a33-d668b7551de4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
-              <xsd:all/>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:FormDescription" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2944bd6e-ad29-4bec-80d7-41a6c9cb5d0a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="a10a4360-04d9-4667-be95-b97e4a7e4ae9" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="FormDescription" ma:index="23" nillable="true" ma:displayName="Form Description" ma:format="Dropdown" ma:internalName="FormDescription">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="25" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="26" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="27" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4561b2be-0a5b-4f39-9a33-d668b7551de4" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{739e5ea3-5f44-4fcd-9fb1-bd06eec5a1c0}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="4561b2be-0a5b-4f39-9a33-d668b7551de4">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -14673,164 +19697,152 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-  <documentManagement/>
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2944bd6e-ad29-4bec-80d7-41a6c9cb5d0a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="4561b2be-0a5b-4f39-9a33-d668b7551de4" xsi:nil="true"/>
+    <FormDescription xmlns="2944bd6e-ad29-4bec-80d7-41a6c9cb5d0a" xsi:nil="true"/>
+  </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0683911B-DEAF-4A16-8850-3EF32542633B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CECFE0AC-3B82-40FF-ABCE-253FA5E3B7AE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1BB873BA-3CD2-42F8-8781-20ED5F573E53}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F501A0C-8908-4891-BB07-10B2D133EB73}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="2944bd6e-ad29-4bec-80d7-41a6c9cb5d0a"/>
+    <ds:schemaRef ds:uri="4561b2be-0a5b-4f39-9a33-d668b7551de4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F376F6F4-0E9D-4506-89A1-FF95759930BC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E8417C5-6637-46F1-B943-9604C5EE806E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F574BE0D-DE1F-41E5-A670-D4A737DC2A98}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12CAC9B4-BC19-4912-95E5-8B86CBCB0720}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="4561b2be-0a5b-4f39-9a33-d668b7551de4"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="2944bd6e-ad29-4bec-80d7-41a6c9cb5d0a"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>6527</Characters>
+  <Pages>6</Pages>
+  <Words>1115</Words>
+  <Characters>6357</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>15</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>52</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Safety - Event Responsibilities Checklist</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>BBC</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7656</CharactersWithSpaces>
+  <CharactersWithSpaces>7458</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...38 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Safety - Event Responsibilities Checklist</dc:title>
-[...1 lines deleted...]
-  <dc:creator>Version – Mar 2017</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Misha Love</dc:creator>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100E93A0AE23020134B93F14A2019157ED1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>